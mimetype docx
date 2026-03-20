--- v0 (2025-10-14)
+++ v1 (2026-03-20)
@@ -1,3288 +1,21474 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00C7473F">
-[...13 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="57E75E42" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="00B63B71">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EC53F6">
+      <w:r w:rsidRPr="00FE3BE9">
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2. pielikums</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00C7473F">
-[...1 lines deleted...]
-        <w:spacing w:line="259" w:lineRule="auto"/>
+    <w:p w14:paraId="6217E516" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="00FD1125">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk40694742"/>
-      <w:r w:rsidRPr="00EC53F6">
+      <w:r w:rsidRPr="00FE3BE9">
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Grantu konkursa </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC53F6">
+      <w:r w:rsidRPr="00FE3BE9">
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“Attīsti uzņēmējdarbību Dobeles novadā”</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC53F6">
+      <w:r w:rsidRPr="00FE3BE9">
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> nolikumam</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00C7473F" w:rsidRPr="003965D1" w:rsidRDefault="00C7473F" w:rsidP="00C7473F">
-[...1 lines deleted...]
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    <w:p w14:paraId="49BC7866" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="00FD1125">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C7473F" w:rsidRDefault="00C7473F" w:rsidP="00C7473F">
-      <w:pPr>
+    <w:p w14:paraId="5E63C11C" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="00FD1125">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EC53F6">
+      <w:r w:rsidRPr="00FE3BE9">
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC53F6">
+      <w:r w:rsidRPr="00FE3BE9">
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC53F6">
+      <w:r w:rsidRPr="00FE3BE9">
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>BIZNESA PLĀNS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C7473F" w:rsidRDefault="00C7473F" w:rsidP="00C7473F">
-      <w:pPr>
+    <w:p w14:paraId="33F44A21" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="00FD1125">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00FE3BE9">
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C7473F" w:rsidRPr="0004545A" w:rsidRDefault="00C7473F" w:rsidP="00C7473F">
-      <w:pPr>
+    <w:p w14:paraId="3DCCB09A" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="00FD1125">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0004545A">
+      <w:r w:rsidRPr="00FE3BE9">
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(gads)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9526" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9526"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00694598" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="3D37DA48" w14:textId="77777777" w:rsidTr="006C7057">
         <w:trPr>
           <w:trHeight w:val="186"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00694598" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="709FCAE6" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
               <w:pStyle w:val="Bezatstarpm2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00694598">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Nosaukums </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="6823652B" w14:textId="77777777" w:rsidTr="006C7057">
         <w:trPr>
           <w:trHeight w:val="478"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="22BDD865" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
               <w:pStyle w:val="Bezatstarpm2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="11C8A813" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="30ED1197" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2. Projekta mērķis(-i)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="2F5CB316" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="59E488B0" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="010209DE" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="124F2318" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3. Esošās situācijas apraksts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="4F8DC967" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="46413B53" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(Kāpēc esošā tirgus situācija prasa jaunus risinājumus un kā tiks uzlabota esošā tirgus situācija)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="4124B492" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="0D744917" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="2B6AB4E6" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="38302E3D" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4. Produktu/ pakalpojumu apraksts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="2ACCD790" w14:textId="77777777" w:rsidTr="006C7057">
         <w:trPr>
           <w:trHeight w:val="574"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="37AAB41F" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(Piedāvātās iespējas, cena, cenu veidošanas princips, salīdzinājums ar konkurentiem, izaugsmes iespējas)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="281FBBE2" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="0F768209" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="50675B20" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="5BF90C7B" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="64779E19" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5. Īstenošanas vieta</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="2665CE62" w14:textId="77777777" w:rsidTr="006C7057">
         <w:trPr>
           <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="7C60BDFF" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(Aprakstīt vietu, kur tiks veikta saimnieciskā darbība, kā tiks uzturēti projekta rezultāti turpmākos 3 gadus)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="1B576757" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="2AAB4B10" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="086B66E7" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="1D5EDC96" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="032429A9" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6.Piegādātāju apraksts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="6FC41745" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="5B413611" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(Aprakstīt nepieciešamo preču/pakalpojumu piegādātājus, cenu aptaujas rezultātus, līdzšinējo pieredzi)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="770FD3A8" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="50BD9DE3" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="155EF5FE" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="397417F1" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="3537D1B0" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7. Noieta tirgus analīze</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="39AB03C5" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="35C74B93" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(Esošā tirgus izpēte, apraksts, klienti, konkurenti)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="07BB751B" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="70BC6D56" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="2F05C2F8" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="3D883FD6" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8. Pārdošanas plāns</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="5070A3CF" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="0B156FDA" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(Plānotā produkta/pakalpojuma virzība, reklāma)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="11CD1E73" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="0C491D16" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="6BED8325" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="352F476B" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="0515ECEF" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>9. Darbinieki</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="60FB2DF1" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="71D3AF5B" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">(Plānoto darbinieku skaits, tā izmaiņas tuvāko 3 gadu laikā, to funkcijas) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="6C9BDC66" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="1F1E685F" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="6C96B49D" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="21FC425D" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="32632E84" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10. Esošās iestrādnes veiksmīgai projekta īstenošanai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="55C0F093" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="658ABD67" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(Noslēgti īres līgumi, iegūti sertifikāti)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="16910D89" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00C7473F">
-[...1 lines deleted...]
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    <w:p w14:paraId="65DA0CE5" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="00FD1125">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00C7473F">
-[...1 lines deleted...]
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    <w:p w14:paraId="792D90B1" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="00FD1125">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EC53F6">
+      <w:r w:rsidRPr="00FE3BE9">
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2. KOMERCDARBĪBAS PROJEKTA FINANSIĀLĀS DAĻAS APRAKSTS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9497" w:type="dxa"/>
         <w:tblInd w:w="137" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="528"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2047"/>
+        <w:gridCol w:w="556"/>
+        <w:gridCol w:w="4813"/>
+        <w:gridCol w:w="1649"/>
+        <w:gridCol w:w="437"/>
+        <w:gridCol w:w="2042"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="0FB7D621" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9497" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="6414DEE5" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
-              <w:spacing w:before="80" w:after="60"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1. Plānotās izmaksas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="3EA41F0D" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="528" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="1A9E68C9" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
-              <w:spacing w:before="80" w:after="60"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Nr. p. k.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4832" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="4A26B4B8" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
-              <w:spacing w:before="80" w:after="60"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Izmaksas</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="49EFDE8B" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
-              <w:spacing w:before="80" w:after="60"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Produkta/pakalpojuma nosaukums</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4137" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="12396353" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
-              <w:spacing w:before="80" w:after="60"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Īstenošanas laika posms</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="07BAE614" w14:textId="77777777" w:rsidTr="006C7057">
         <w:trPr>
           <w:trHeight w:val="186"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="528" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="3947FC88" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
-              <w:spacing w:before="80" w:after="60"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4832" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="19AFB9D6" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
-              <w:spacing w:before="80" w:after="60"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="057904B6" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
-              <w:spacing w:before="80" w:after="60"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="0EB675EA" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
-              <w:spacing w:before="80" w:after="60"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Mēnesis/gads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2487" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="08D6438A" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
-              <w:spacing w:before="80" w:after="60"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Līdz</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="1EE9BB15" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
-              <w:spacing w:before="80" w:after="60"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Mēnesis/gads</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="7A19C0A9" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="528" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="281951C0" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="6E620D56" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4832" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="42A68D3C" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="0A850D58" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2487" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="2D5D9494" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="4CCB1F29" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="528" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="49011DDD" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8969" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="4AE37489" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(Norādiet piegādātāja izvēles pamatojumu, salīdzinājumu ar citiem piegādātājiem,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="12FA9007" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>produkta/pakalpojuma nosaukumu, modeli)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="3174115E" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="5001316E" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="528" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="277743D5" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="25721759" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4832" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="24F68A6C" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="212929F4" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2487" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="433B2B84" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="2A7F6AC9" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="528" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="58D237EE" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8969" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="13B87FAD" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(Norādiet piegādātāja izvēles pamatojumu, salīdzinājumu ar citiem piegādātājiem,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="2806DE00" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>produkta/pakalpojuma nosaukumu, modeli)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="0F1148D8" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="528" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="7530711D" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="5E706C68" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4832" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="19FBA9D3" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="66AEC789" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2487" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="5A29C256" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="62931C5E" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="528" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="252433A7" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8969" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="78DE5572" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(Norādiet piegādātāja izvēles pamatojumu, salīdzinājumu ar citiem piegādātājiem,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="0480F712" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>produkta/pakalpojuma nosaukumu, modeli)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="5F11F80F" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="528" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="40B43025" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="5BA7C7CB" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(...)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4832" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="4EA8941B" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="3446B616" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2487" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="17C44183" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="6B431318" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="528" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="4F663D80" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8969" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="2052407A" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(Norādiet piegādātāja izvēles pamatojumu, salīdzinājumu ar citiem piegādātājiem,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="0E804E28" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>produkta/pakalpojuma nosaukumu, modeli)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="4E928869" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9497" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="07407343" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
-              <w:spacing w:before="80" w:after="60"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>2. Plānoto izmaksu tāme</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="395F256A" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7450" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="66881163" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
-              <w:spacing w:before="80" w:after="60"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Projekta izmaksu pozīcijas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2047" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="0D0FFCBA" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
-              <w:spacing w:before="80" w:after="60"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Izmaksas ar PVN (EUR)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="0484D813" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7450" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="122B360B" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ATBALSTĀMĀS IZMAKSAS*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2047" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="1EC4F201" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="1E769DA0" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7450" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="7761FDDB" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2047" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="0554BA2A" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="61CAD225" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7450" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="4789B7B9" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2047" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="095A21AE" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="2E9D052C" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7450" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="3CECCFA6" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2047" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="63E6F6F5" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="2CB4023F" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7450" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="58DC3F9A" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>(...)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2047" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="1480CFE3" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="3795895E" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7450" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="10C6E901" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
-              <w:spacing w:before="80" w:after="60"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>I Kopējās projekta atbalstāmās izmaksas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2047" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="39E59518" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="59B339E4" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7450" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="7EC3B835" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>NEATBALSTĀMĀS IZMAKSAS*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2047" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="357EBA06" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="5EE3DC68" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7450" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="4BC0C521" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2047" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="3D577302" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="697968FF" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7450" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="668B62F6" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2047" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="0C6067C3" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="7FE0281B" w14:textId="77777777" w:rsidTr="006C7057">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7450" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="71BDF193" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2047" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="1EE986AC" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="7320D3CF" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7450" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="556F99C8" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(...)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2047" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="356B5ECE" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="0A292F74" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7450" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="4D6A9745" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
-              <w:spacing w:before="80" w:after="60"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>II Kopējās projekta neatbalstāmās izmaksas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2047" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="0D3A21A3" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="7AB6581C" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7450" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="690E2252" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00216E72" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
-              <w:spacing w:before="80" w:after="60"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-GB"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00216E72">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-GB"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>III Kopējās projekta izmaksas (I+II)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2047" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="5E4791EF" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00C7473F">
-[...1 lines deleted...]
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    <w:p w14:paraId="405F25A7" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="00FD1125">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EC53F6">
+      <w:r w:rsidRPr="00FE3BE9">
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC53F6">
+      <w:r w:rsidRPr="00FE3BE9">
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>par visām uzrādītājām izmaksām ir jāiesniedz maksājumu apliecinošie dokumenti.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C7473F" w:rsidRPr="00694598" w:rsidRDefault="00C7473F" w:rsidP="00C7473F">
-[...1 lines deleted...]
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    <w:p w14:paraId="1D345EB2" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="00FD1125">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9497" w:type="dxa"/>
         <w:tblInd w:w="137" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2794"/>
         <w:gridCol w:w="2931"/>
         <w:gridCol w:w="3772"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="0E7C52B4" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9497" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="7D21A322" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
-              <w:spacing w:before="80" w:after="60"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>3. Finansēšanas plāns</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="1A430955" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2794" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="527D86E6" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
-              <w:spacing w:before="80" w:after="60"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Finanšu avots</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2931" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="34AD18A5" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
-              <w:spacing w:before="80" w:after="60"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Kopsumma (EUR)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3772" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="6F974BC7" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
-              <w:spacing w:before="80" w:after="60"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Procentdaļa (%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="189C9D92" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2794" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="18C9B50F" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Privātie līdzekļi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2931" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="0D33B640" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3772" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="13E378C3" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="35B46F2E" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2794" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="4B559D84" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Pašvaldības finansējums </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2931" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="2E88A2A0" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3772" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="4AD3AD84" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="5991D53C" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2794" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="661A0376" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Kredīts bankā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2931" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="0F03B836" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3772" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="1CBEAA23" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="017B236F" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2794" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="4AAE3471" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Cits</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2931" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="181E9E22" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3772" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="69A531FA" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="4081F83E" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2794" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="6C0B041B" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>KOPĀ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2931" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="7DA97525" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3772" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="6900030D" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>100%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C7473F" w:rsidRPr="00694598" w:rsidRDefault="00C7473F" w:rsidP="00C7473F">
-[...1 lines deleted...]
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    <w:p w14:paraId="551D394A" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="00FD1125">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9497" w:type="dxa"/>
         <w:tblInd w:w="137" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9497"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="7075A560" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9497" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="5D2BB2C2" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC53F6">
+            <w:r w:rsidRPr="00FE3BE9">
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2. Naudas plūsmas aprēķins (detalizēts pa mēnešiem – vismaz 2 gadiem)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidTr="00D66696">
+      <w:tr w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w14:paraId="42D98392" w14:textId="77777777" w:rsidTr="006C7057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9497" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00D66696">
+          <w:p w14:paraId="6C56391A" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRPr="00FE3BE9" w:rsidRDefault="00FD1125" w:rsidP="006C7057">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C7473F" w:rsidRPr="00EC53F6" w:rsidRDefault="00C7473F" w:rsidP="00C7473F">
+    <w:p w14:paraId="0E0272F1" w14:textId="77777777" w:rsidR="00F12106" w:rsidRDefault="00F12106" w:rsidP="00B63B71">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:pos="9000"/>
+          <w:tab w:val="left" w:pos="555"/>
         </w:tabs>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009D37F1" w:rsidRPr="00C7473F" w:rsidRDefault="009D37F1">
-[...11 lines deleted...]
-      <w:cols w:space="720"/>
+    <w:sectPr w:rsidR="00F12106" w:rsidSect="00B63B71">
+      <w:footerReference w:type="default" r:id="rId8"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="454" w:footer="454" w:gutter="0"/>
+      <w:pgNumType w:start="48"/>
+      <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="7C5D9A18" w14:textId="77777777" w:rsidR="00F81402" w:rsidRDefault="00F81402" w:rsidP="00FD1125">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="0BEEDD62" w14:textId="77777777" w:rsidR="00F81402" w:rsidRDefault="00F81402" w:rsidP="00FD1125">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Liberation Serif">
+    <w:altName w:val="Times New Roman"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="NSimSun">
+    <w:panose1 w:val="02010609030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3E16C2D2" w14:textId="3D4EA369" w:rsidR="00FD1125" w:rsidRDefault="00FD1125">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="0A3CC3E4" w14:textId="77777777" w:rsidR="00FD1125" w:rsidRDefault="00FD1125" w:rsidP="00694598">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="57152C3A" w14:textId="77777777" w:rsidR="00F81402" w:rsidRDefault="00F81402" w:rsidP="00FD1125">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="7AB41DA4" w14:textId="77777777" w:rsidR="00F81402" w:rsidRDefault="00F81402" w:rsidP="00FD1125">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="01ED0DE9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D94859B0"/>
+    <w:lvl w:ilvl="0" w:tplc="F1726256">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="420" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1140" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2580" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3300" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4020" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4740" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5460" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6180" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="026F7B1B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A0F4344A"/>
+    <w:lvl w:ilvl="0" w:tplc="555ABF28">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0318627C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="AE5A53F4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="3.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="794" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="031D27CB"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0426001F"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="05BA5316"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6ADE3D14"/>
+    <w:lvl w:ilvl="0" w:tplc="B4E41692">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="786" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1506" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2226" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2946" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3666" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4386" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5106" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5826" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6546" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="07EE61FE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2AC05864"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0935742C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FEC46D4E"/>
+    <w:lvl w:ilvl="0" w:tplc="9E22FA44">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0A5E7753"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="42425D08"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0AC965B2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5EEE607A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="502" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1004" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1146" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1648" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1790" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2292" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2434" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2936" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0BCD78BC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AD3C549E"/>
+    <w:lvl w:ilvl="0" w:tplc="846EF328">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0C513E8D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8B9EA104"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="502" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2564" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0FC36D17"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="917CC26E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="37"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0FC5312E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DC3CA86A"/>
+    <w:lvl w:ilvl="0" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="102C2846"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E766E984"/>
+    <w:lvl w:ilvl="0" w:tplc="0512CC5E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="DFF209BE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="327AC3CC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="DEC23536">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="B7387D3E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="4712051C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="57F850F8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="CFE89E4E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="AE8CD004">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="10803860"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A484FA0A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1462" w:hanging="540"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2564" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3486" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4768" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5690" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6972" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7894" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9176" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="11175756"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8A6A7946"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1152" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1944" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2376" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3168" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4392" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4824" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5616" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1147724D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6D7A3B9A"/>
+    <w:lvl w:ilvl="0" w:tplc="64F21E36">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1647" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2367" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3087" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3807" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4527" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5247" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5967" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6687" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="11576BB7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="27D8FF4E"/>
+    <w:lvl w:ilvl="0" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1146" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1866" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2586" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3306" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4026" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4746" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5466" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6186" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6906" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="14343FD7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AD341D78"/>
+    <w:lvl w:ilvl="0" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="786" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1506" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2226" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2946" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3666" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4386" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5106" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5826" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6546" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="162700C3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A22861CE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="16FF6229"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0426001F"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="19016145"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E2928EB8"/>
+    <w:lvl w:ilvl="0" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="786" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1506" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2226" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2946" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3666" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4386" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5106" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5826" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6546" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="19603DD0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DC729848"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="25"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="516" w:hanging="516"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlRestart w:val="0"/>
+      <w:lvlText w:val="23.2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="862" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2782" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3633" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4844" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6055" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6906" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8117" w:hanging="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9328" w:hanging="2520"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="19A864F6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D37E4606"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="643"/>
+        </w:tabs>
+        <w:ind w:left="643" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1CC2653A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4FD05718"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="1%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="397" w:hanging="397"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1305" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2326" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3347" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4368" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6410" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7431" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="8452" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1DCE0CD6"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="700292F4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="644" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="644" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1004" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1004" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1364" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1364" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1724" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1724" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2084" w:hanging="1800"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1EE56E2F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A5C61E2E"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1146" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1866" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2586" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3306" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4026" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4746" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5466" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6186" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6906" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1F391084"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9DD8FA18"/>
+    <w:lvl w:ilvl="0" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1FEB3065"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9FAAA90C"/>
+    <w:lvl w:ilvl="0" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="20397280"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="59B8535C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="18"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="480" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1200" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7560" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2068613E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="232259D0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1637" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3274" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4551" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6188" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7465" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9102" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="10379" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="12016" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="20B151C4"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="279E4370"/>
+    <w:styleLink w:val="Style7"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="31"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="21A32E19"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="83A8541C"/>
+    <w:lvl w:ilvl="0" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="220A214E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CED07E72"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="786" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1572" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1998" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2784" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3210" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3996" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4422" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5208" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="22735761"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0426001F"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="232A3A19"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D346C178"/>
+    <w:lvl w:ilvl="0" w:tplc="56A20C3C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24A057B0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="56D47BA8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24A17E72"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="98380EE6"/>
+    <w:styleLink w:val="Style8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="34"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="927" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="255733BB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="484A9818"/>
+    <w:lvl w:ilvl="0" w:tplc="70481388">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="585" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1305" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2025" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2745" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3465" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4185" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4905" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5625" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6345" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="26D15CEA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9128229A"/>
+    <w:lvl w:ilvl="0" w:tplc="984C263E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="276E4E6E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F5AED9F8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="28893782"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A4920B84"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="28B25D0E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A09299F2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="28D2386C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9C087D5A"/>
+    <w:lvl w:ilvl="0" w:tplc="71F2C2F6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3894" w:hanging="214"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="CDD4B58C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4480" w:hanging="214"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="531E3952">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5061" w:hanging="214"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="67942B94">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5641" w:hanging="214"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="345292FC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6222" w:hanging="214"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="5A3048D2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6803" w:hanging="214"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="026EB0FC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7383" w:hanging="214"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="49AEF282">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7964" w:hanging="214"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FDD2F632">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8545" w:hanging="214"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="28F92475"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CF04577C"/>
+    <w:lvl w:ilvl="0" w:tplc="04260013">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="2B769542">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="8CEE0EAC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2A9129D8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2AC64BFC"/>
+    <w:lvl w:ilvl="0" w:tplc="895E633A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2C6671EA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7C0A22C6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="454"/>
+        </w:tabs>
+        <w:ind w:left="454" w:hanging="454"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="2.4.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="964"/>
+        </w:tabs>
+        <w:ind w:left="1531" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2CCD0040"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2E388122"/>
+    <w:lvl w:ilvl="0" w:tplc="30D242E8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="750" w:hanging="390"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2CCD6974"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="AE0E0422"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="644" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1288" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1572" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2216" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2500" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3144" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3428" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4072" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2CD074CA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="98DCA65E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="611" w:hanging="540"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="862" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="933" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1364" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1435" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1866" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1937" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2368" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2D1E1E10"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="775A516E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1155" w:hanging="435"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="51" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2ECC05F9"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7ED63702"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="52" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2F0D3633"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="91A4C0EA"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="53" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2F563611"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FA38E580"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="765" w:hanging="405"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1288" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1815" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2420" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2665" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3270" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3515" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4120" w:hanging="1800"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="54" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2F8C4D65"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3B88322E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="55" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="30253A26"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2AC05864"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="56" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="306015A0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="136EC600"/>
+    <w:lvl w:ilvl="0" w:tplc="8D1C108E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="644" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1364" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2084" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2804" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3524" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4244" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4964" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5684" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6404" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="57" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="30DE0160"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0426001F"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="58" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="31E739E3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DC4CEB96"/>
+    <w:lvl w:ilvl="0" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="59" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="32937440"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="37682106"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="27"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="480" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1047" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1854" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2421" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3348" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3915" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4842" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5409" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6336" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="60" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="34403CDA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0368EFA2"/>
+    <w:lvl w:ilvl="0" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="61" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="345C7AE2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DE12063A"/>
+    <w:styleLink w:val="Style3"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="16"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1305" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2326" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3347" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4368" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6410" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7431" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="8452" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="62" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="35CF76BA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FC62F05A"/>
+    <w:lvl w:ilvl="0" w:tplc="7C08C8D4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="63" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="361E57AB"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="074AEA02"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="435"/>
+        </w:tabs>
+        <w:ind w:left="435" w:hanging="435"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="435"/>
+        </w:tabs>
+        <w:ind w:left="435" w:hanging="435"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="64" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="36E11A93"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0409001F"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="65" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="382700FC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D37E4606"/>
+    <w:lvl w:ilvl="0" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="643"/>
+        </w:tabs>
+        <w:ind w:left="643" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="66" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38AE1C58"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="20A6F39A"/>
+    <w:lvl w:ilvl="0" w:tplc="D0F86F72">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="585" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1305" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2025" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2745" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3465" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4185" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4905" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5625" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6345" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="67" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3A8B1D2F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="60E8F966"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="68" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3AB8725E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FF88994E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val="2.5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="794" w:hanging="437"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val="2.3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="2.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1134" w:hanging="680"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="2.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2268" w:hanging="737"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="69" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3B1719FB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="931C35EE"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="70" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3B654AB4"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7206EAE8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:i w:val="0"/>
+        <w:iCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="644" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1288" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1572" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2216" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2500" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3144" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3428" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4072" w:hanging="1800"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="71" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3BD75516"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9AC62928"/>
+    <w:styleLink w:val="Style5"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val="16."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="72" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3C1367DD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DBBC73F8"/>
+    <w:lvl w:ilvl="0" w:tplc="55E008A0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="73" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3DD31116"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8A3EFB5C"/>
+    <w:lvl w:ilvl="0" w:tplc="26DC41D2">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1647" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2367" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3087" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3807" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4527" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5247" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5967" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6687" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="74" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3FAF5C4E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C50E2922"/>
+    <w:lvl w:ilvl="0" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="862" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1582" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2302" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3022" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3742" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4462" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5182" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5902" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6622" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="75" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3FE31606"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="317822BC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="786" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1572" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1998" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2784" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3210" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3996" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4422" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5208" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="76" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="405536F0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2D1CD548"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val="2.2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="2.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1134" w:hanging="680"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="2.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2268" w:hanging="737"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="77" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="407038F9"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A65EEBB8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="794" w:hanging="437"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val="2.8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="2.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1134" w:hanging="680"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="2.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2268" w:hanging="737"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="78" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="410B71C1"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="488A5E9C"/>
+    <w:styleLink w:val="Stils2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="23"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="516" w:hanging="516"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val="23.1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="862" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2782" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3633" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4844" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6055" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6906" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8117" w:hanging="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9328" w:hanging="2520"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="79" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="415058DA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DD187C34"/>
+    <w:lvl w:ilvl="0" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="80" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="43FB381A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D37E4606"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="643"/>
+        </w:tabs>
+        <w:ind w:left="643" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="81" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="45520DCB"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D9B2FDE8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8269" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="82" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="457F66F4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CE9CBE4A"/>
+    <w:lvl w:ilvl="0" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="644" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="83" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4581365B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1AF8ED18"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="927" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1272" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="2.2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1531" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2322" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3027" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3372" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4077" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4422" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5127" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="84" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="47985D4F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5948B0AA"/>
+    <w:lvl w:ilvl="0" w:tplc="E1BA469C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04260005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04260001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04260005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04260001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04260005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="85" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="482B52F1"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A8D4389A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="2.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1531" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="2.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2268" w:hanging="737"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="86" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="48BE5828"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7CA2E7AA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="87" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4AED209C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0426001F"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="88" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4B3A43FA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FE18A4E8"/>
+    <w:lvl w:ilvl="0" w:tplc="04260001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="89" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4B763370"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0426001F"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="90" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4BC169E2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="28BABB08"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="644" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1288" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1572" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2216" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2500" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3144" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3428" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4072" w:hanging="1800"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="91" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4C9C423B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="EBBE9584"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="92" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4CDC4C53"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DBB08B24"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="93" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4E066EC4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="83DAC19C"/>
+    <w:lvl w:ilvl="0" w:tplc="9CB8E7E2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1102" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1822" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2542" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3262" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3982" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4702" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5422" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6142" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6862" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="94" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4E35001A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F08A6404"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="794" w:hanging="437"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val="2.9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="2.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1134" w:hanging="680"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="2.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2268" w:hanging="737"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="95" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4EE1659C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="931C1172"/>
+    <w:lvl w:ilvl="0" w:tplc="04260011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="96" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="50336BEB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="35686566"/>
+    <w:lvl w:ilvl="0" w:tplc="0425000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04250019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0425001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0425000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04250019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0425001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0425000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04250019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0425001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="97" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="512C3F21"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="ED9ACA78"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="502" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1004" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1146" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1648" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1790" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2292" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2434" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2936" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="98" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="51CC4A98"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DDD258DC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="840" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="99" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="52B64790"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9FF863BC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="927" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="927" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1647" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1647" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2367" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="100" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5376228F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D87A6240"/>
+    <w:lvl w:ilvl="0" w:tplc="A34C19BE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="101" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="543B2FDC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="68E454DC"/>
+    <w:styleLink w:val="Style9"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="102" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="543F4E7B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="139A6134"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="13"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="840"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1068"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1427"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1584"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1507"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2227"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2947"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3667"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4387"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="103" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="54C2524F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="96BAE156"/>
+    <w:lvl w:ilvl="0" w:tplc="9E22FA44">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="104" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="55B542E4"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A552D820"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val="2.3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="2.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1134" w:hanging="680"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="2.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2268" w:hanging="737"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="105" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="55B724C8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="931C35EE"/>
+    <w:lvl w:ilvl="0" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="106" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="561519DC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="04D4A3FE"/>
+    <w:lvl w:ilvl="0" w:tplc="6212BAB2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="643"/>
+        </w:tabs>
+        <w:ind w:left="643" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="B2A627A4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04260005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04260001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04260005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04260001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04260005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="107" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="57B16FBA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0426001F"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="108" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="57C9036F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="931C35EE"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="109" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="583E7926"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5BE03BAC"/>
+    <w:lvl w:ilvl="0" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="110" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="58E22361"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CE6802F8"/>
+    <w:styleLink w:val="Style11"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="13"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="111" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="59195331"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D258F152"/>
+    <w:lvl w:ilvl="0" w:tplc="130C1CD0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="112" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="592C4428"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BEBCA7E8"/>
+    <w:lvl w:ilvl="0" w:tplc="9E22FA44">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="113" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5945005B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A1EED106"/>
+    <w:lvl w:ilvl="0" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1146" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1866" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2586" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3306" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4026" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4746" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5466" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6186" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6906" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="114" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5A25142E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="91A4C0EA"/>
+    <w:lvl w:ilvl="0" w:tplc="04260011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="115" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5C044463"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0426001F"/>
+    <w:numStyleLink w:val="Stils3"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="116" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5CDB14EC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8A30D5F8"/>
+    <w:lvl w:ilvl="0" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="786" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1506" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2226" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2946" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3666" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4386" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5106" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5826" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6546" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="117" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5E746477"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0426001F"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="118" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="60A15504"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="806E8066"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="480" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1473" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2706" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3699" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5052" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6045" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7398" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8391" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9744" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="119" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="62C617DB"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0426001F"/>
+    <w:styleLink w:val="Stils3"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="120" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="63C82EF4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D85CF8A2"/>
+    <w:lvl w:ilvl="0" w:tplc="AEC42DFE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="121" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="647E087D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AC84CF1E"/>
+    <w:lvl w:ilvl="0" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1146" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1866" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2586" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3306" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4026" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4746" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5466" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6186" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6906" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="122" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="65C922DA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BFD00ABE"/>
+    <w:lvl w:ilvl="0" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="123" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="65DC75BF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="191463C0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1152" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1944" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2376" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3168" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4392" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4824" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5616" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="124" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="668954DF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="761448F4"/>
+    <w:lvl w:ilvl="0" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="125" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="67C25092"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0426001D"/>
+    <w:styleLink w:val="Style4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="126" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="689D149B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A468D792"/>
+    <w:styleLink w:val="Style10"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="127" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="69954DDB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="093A7A94"/>
+    <w:lvl w:ilvl="0" w:tplc="04260011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="128" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6A296E79"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B2642AFE"/>
+    <w:lvl w:ilvl="0" w:tplc="9E22FA44">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="780" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1500" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2220" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2940" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3660" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4380" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5100" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5820" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6540" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="129" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6A4D5546"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F25A0046"/>
+    <w:lvl w:ilvl="0" w:tplc="89169246">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5280" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6000" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7440" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="130" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6BA1526C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="931C35EE"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="131" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6BDE008B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="27345B16"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1637" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3274" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4551" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6188" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7465" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9102" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="10379" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="12016" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="132" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C6D4E9A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2F5424CC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:i w:val="0"/>
+        <w:iCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1211" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2008" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2652" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3656" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4300" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5304" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5948" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6952" w:hanging="1800"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="133" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6D720A6F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D4320432"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="134" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6DFE017E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="03FC4DB2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="135" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6F1D71B3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="407C2032"/>
+    <w:lvl w:ilvl="0" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1637" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="136" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="70746780"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0426001F"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="137" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="728C35F6"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="427E36DA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="780" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="2.3.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="2.3.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2268" w:hanging="737"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="138" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="743C63B4"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2B7C999A"/>
+    <w:styleLink w:val="Style2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="3.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="139" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="74413D14"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2AC05864"/>
+    <w:lvl w:ilvl="0" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="140" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="751E4267"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="60A4F3AE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="780"/>
+        </w:tabs>
+        <w:ind w:left="780" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="643" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1740" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2040" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2700" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3000" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3660" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4620" w:hanging="1800"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="141" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="76C82973"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A686DF6E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1778" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3196" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4254" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5672" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6730" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8148" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9206" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="10624" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="142" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="772B6F03"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0426001F"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="143" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77792331"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="931C35EE"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="144" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77C77215"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D5B06924"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7560" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="145" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="78DC6038"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A14A2C3E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1363" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1363" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1723" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1723" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2083" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2083" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2443" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2443" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2803" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="146" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7908681D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DA94FADA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val="2.3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="2.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1134" w:hanging="680"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="2.%23.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1531" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="147" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="79186D91"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A58A2056"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="644" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1288" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1572" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2216" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2500" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3144" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3428" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4072" w:hanging="1800"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="148" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="79B322CE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="139A6134"/>
+    <w:styleLink w:val="Style6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="30"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="840"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1068"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1427"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1584"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1507"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2227"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2947"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3667"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4387"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="149" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7AD62709"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2C726164"/>
+    <w:lvl w:ilvl="0" w:tplc="AE3EF62A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="643" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04260005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04260001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04260005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04260001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04260005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="150" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7B862277"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="29F4D482"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:pStyle w:val="Stils1"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="927" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:strike w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2205" w:hanging="504"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="151" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7BFC48C7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="76B0CA7A"/>
+    <w:lvl w:ilvl="0" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="152" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7C52195E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0426001F"/>
+    <w:styleLink w:val="Style1"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="23"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="153" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7E8F0CE6"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4B427F16"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="532" w:hanging="390"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1889024405">
+    <w:abstractNumId w:val="43"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="302152570">
+    <w:abstractNumId w:val="13"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1118377288">
+    <w:abstractNumId w:val="67"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="647366091">
+    <w:abstractNumId w:val="79"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="861095505">
+    <w:abstractNumId w:val="81"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1351489654">
+    <w:abstractNumId w:val="79"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1302811001">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1393768267">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1927761142">
+    <w:abstractNumId w:val="48"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1192299155">
+    <w:abstractNumId w:val="60"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="2134861830">
+    <w:abstractNumId w:val="111"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1932161438">
+    <w:abstractNumId w:val="134"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="647439627">
+    <w:abstractNumId w:val="116"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="3938882">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="2026245368">
+    <w:abstractNumId w:val="56"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="2016759326">
+    <w:abstractNumId w:val="93"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1022439469">
+    <w:abstractNumId w:val="64"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1746221363">
+    <w:abstractNumId w:val="142"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1569995123">
+    <w:abstractNumId w:val="74"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1052194725">
+    <w:abstractNumId w:val="92"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1671906494">
+    <w:abstractNumId w:val="136"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1979919742">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="76022542">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1292856800">
+    <w:abstractNumId w:val="89"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1799568435">
+    <w:abstractNumId w:val="150"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="990213955">
+    <w:abstractNumId w:val="73"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="664938835">
+    <w:abstractNumId w:val="78"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="302466237">
+    <w:abstractNumId w:val="102"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1037313442">
+    <w:abstractNumId w:val="152"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1865942918">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1215385152">
+    <w:abstractNumId w:val="107"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1170683379">
+    <w:abstractNumId w:val="87"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1596161161">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="201333739">
+    <w:abstractNumId w:val="138"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="1083724505">
+    <w:abstractNumId w:val="133"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="664749130">
+    <w:abstractNumId w:val="61"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="26565468">
+    <w:abstractNumId w:val="125"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="729351982">
+    <w:abstractNumId w:val="71"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="644816944">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="1312518297">
+    <w:abstractNumId w:val="89"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="360" w:hanging="360"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="23.%2."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="792" w:hanging="565"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="1224" w:hanging="504"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="1728" w:hanging="648"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="2232" w:hanging="792"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="2736" w:hanging="936"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="3240" w:hanging="1080"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="3744" w:hanging="1224"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="4320" w:hanging="1440"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="1114590565">
+    <w:abstractNumId w:val="148"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="1639186732">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="1980262383">
+    <w:abstractNumId w:val="150"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="3"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="2013137704">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="1024021625">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="46" w16cid:durableId="1826311310">
+    <w:abstractNumId w:val="119"/>
+  </w:num>
+  <w:num w:numId="47" w16cid:durableId="909075935">
+    <w:abstractNumId w:val="115"/>
+  </w:num>
+  <w:num w:numId="48" w16cid:durableId="372730341">
+    <w:abstractNumId w:val="3"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="360" w:hanging="360"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="851" w:hanging="567"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="1224" w:hanging="504"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="1728" w:hanging="648"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="2232" w:hanging="792"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="2736" w:hanging="936"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="3240" w:hanging="1080"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="3744" w:hanging="1224"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="4320" w:hanging="1440"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="49" w16cid:durableId="342367839">
+    <w:abstractNumId w:val="101"/>
+  </w:num>
+  <w:num w:numId="50" w16cid:durableId="648707696">
+    <w:abstractNumId w:val="126"/>
+  </w:num>
+  <w:num w:numId="51" w16cid:durableId="1375426696">
+    <w:abstractNumId w:val="110"/>
+  </w:num>
+  <w:num w:numId="52" w16cid:durableId="1438132753">
+    <w:abstractNumId w:val="98"/>
+  </w:num>
+  <w:num w:numId="53" w16cid:durableId="2036344627">
+    <w:abstractNumId w:val="117"/>
+  </w:num>
+  <w:num w:numId="54" w16cid:durableId="473525862">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="55" w16cid:durableId="377095131">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="56" w16cid:durableId="893615213">
+    <w:abstractNumId w:val="57"/>
+  </w:num>
+  <w:num w:numId="57" w16cid:durableId="847985175">
+    <w:abstractNumId w:val="109"/>
+  </w:num>
+  <w:num w:numId="58" w16cid:durableId="1310012234">
+    <w:abstractNumId w:val="99"/>
+  </w:num>
+  <w:num w:numId="59" w16cid:durableId="2114280056">
+    <w:abstractNumId w:val="99"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="927" w:hanging="360"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:isLgl/>
+        <w:lvlText w:val="%1.%2."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="794" w:hanging="567"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:isLgl/>
+        <w:lvlText w:val="%1.%2.%3."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="1287" w:hanging="720"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:isLgl/>
+        <w:lvlText w:val="%1.%2.%3.%4."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="1287" w:hanging="720"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:isLgl/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="1647" w:hanging="1080"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:isLgl/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="1647" w:hanging="1080"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:isLgl/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="2007" w:hanging="1440"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:isLgl/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="2007" w:hanging="1440"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:isLgl/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="2367" w:hanging="1800"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="60" w16cid:durableId="2088651676">
+    <w:abstractNumId w:val="99"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="340" w:hanging="340"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:isLgl/>
+        <w:lvlText w:val="%1.%2."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="927" w:hanging="360"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:isLgl/>
+        <w:lvlText w:val="%1.%2.%3."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="1287" w:hanging="720"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:isLgl/>
+        <w:lvlText w:val="%1.%2.%3.%4."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="1287" w:hanging="720"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:isLgl/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="1647" w:hanging="1080"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:isLgl/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="1647" w:hanging="1080"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:isLgl/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="2007" w:hanging="1440"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:isLgl/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="2007" w:hanging="1440"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:isLgl/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="2367" w:hanging="1800"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="61" w16cid:durableId="1239512157">
+    <w:abstractNumId w:val="85"/>
+  </w:num>
+  <w:num w:numId="62" w16cid:durableId="1805779698">
+    <w:abstractNumId w:val="76"/>
+  </w:num>
+  <w:num w:numId="63" w16cid:durableId="660812173">
+    <w:abstractNumId w:val="83"/>
+  </w:num>
+  <w:num w:numId="64" w16cid:durableId="650601748">
+    <w:abstractNumId w:val="104"/>
+  </w:num>
+  <w:num w:numId="65" w16cid:durableId="2014911219">
+    <w:abstractNumId w:val="146"/>
+  </w:num>
+  <w:num w:numId="66" w16cid:durableId="234973040">
+    <w:abstractNumId w:val="137"/>
+  </w:num>
+  <w:num w:numId="67" w16cid:durableId="648942195">
+    <w:abstractNumId w:val="137"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="720" w:hanging="360"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="none"/>
+        <w:isLgl/>
+        <w:lvlText w:val="2.4."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="780" w:hanging="420"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:isLgl/>
+        <w:lvlText w:val="2.3.%3."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="1531" w:hanging="567"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:isLgl/>
+        <w:lvlText w:val="2.3.%3.%4."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="1080" w:hanging="720"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:isLgl/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="1440" w:hanging="1080"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:isLgl/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="1440" w:hanging="1080"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:isLgl/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="1800" w:hanging="1440"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:isLgl/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="1800" w:hanging="1440"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:isLgl/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="2160" w:hanging="1800"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="68" w16cid:durableId="582447952">
+    <w:abstractNumId w:val="46"/>
+  </w:num>
+  <w:num w:numId="69" w16cid:durableId="631984361">
+    <w:abstractNumId w:val="68"/>
+  </w:num>
+  <w:num w:numId="70" w16cid:durableId="1977757621">
+    <w:abstractNumId w:val="68"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="none"/>
+        <w:lvlText w:val="2.6."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="794" w:hanging="437"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="none"/>
+        <w:lvlText w:val="2.3."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="792" w:hanging="432"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="2.%2.%3."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="1134" w:hanging="680"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="2.%2.%3.%4."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="2268" w:hanging="737"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="2232" w:hanging="792"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="2736" w:hanging="936"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="3240" w:hanging="1080"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="3744" w:hanging="1224"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="4320" w:hanging="1440"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="71" w16cid:durableId="926841743">
+    <w:abstractNumId w:val="68"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="none"/>
+        <w:lvlText w:val="2.7."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="794" w:hanging="437"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="none"/>
+        <w:lvlText w:val="2.3."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="792" w:hanging="432"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="2.%2.%3."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="1134" w:hanging="680"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="2.%2.%3.%4."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="2268" w:hanging="737"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="2232" w:hanging="792"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="2736" w:hanging="936"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="3240" w:hanging="1080"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="3744" w:hanging="1224"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="4320" w:hanging="1440"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="72" w16cid:durableId="1183935137">
+    <w:abstractNumId w:val="77"/>
+  </w:num>
+  <w:num w:numId="73" w16cid:durableId="2080865047">
+    <w:abstractNumId w:val="94"/>
+  </w:num>
+  <w:num w:numId="74" w16cid:durableId="1994211629">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="75" w16cid:durableId="296373099">
+    <w:abstractNumId w:val="42"/>
+  </w:num>
+  <w:num w:numId="76" w16cid:durableId="305744159">
+    <w:abstractNumId w:val="103"/>
+  </w:num>
+  <w:num w:numId="77" w16cid:durableId="1577518766">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="78" w16cid:durableId="1980378550">
+    <w:abstractNumId w:val="112"/>
+  </w:num>
+  <w:num w:numId="79" w16cid:durableId="2083604136">
+    <w:abstractNumId w:val="150"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="6"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="80" w16cid:durableId="85227289">
+    <w:abstractNumId w:val="118"/>
+  </w:num>
+  <w:num w:numId="81" w16cid:durableId="1148325862">
+    <w:abstractNumId w:val="59"/>
+  </w:num>
+  <w:num w:numId="82" w16cid:durableId="260921694">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="83" w16cid:durableId="1471023395">
+    <w:abstractNumId w:val="153"/>
+  </w:num>
+  <w:num w:numId="84" w16cid:durableId="956524500">
+    <w:abstractNumId w:val="72"/>
+  </w:num>
+  <w:num w:numId="85" w16cid:durableId="1993168505">
+    <w:abstractNumId w:val="135"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="86" w16cid:durableId="312030963">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="87" w16cid:durableId="1048380726">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="88" w16cid:durableId="1228997798">
+    <w:abstractNumId w:val="44"/>
+  </w:num>
+  <w:num w:numId="89" w16cid:durableId="2105376286">
+    <w:abstractNumId w:val="129"/>
+  </w:num>
+  <w:num w:numId="90" w16cid:durableId="633095124">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="91" w16cid:durableId="81534095">
+    <w:abstractNumId w:val="88"/>
+  </w:num>
+  <w:num w:numId="92" w16cid:durableId="1186795371">
+    <w:abstractNumId w:val="131"/>
+  </w:num>
+  <w:num w:numId="93" w16cid:durableId="477382025">
+    <w:abstractNumId w:val="141"/>
+  </w:num>
+  <w:num w:numId="94" w16cid:durableId="1402369424">
+    <w:abstractNumId w:val="50"/>
+  </w:num>
+  <w:num w:numId="95" w16cid:durableId="1333340310">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="96" w16cid:durableId="1307587683">
+    <w:abstractNumId w:val="124"/>
+  </w:num>
+  <w:num w:numId="97" w16cid:durableId="208608861">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="98" w16cid:durableId="1346591997">
+    <w:abstractNumId w:val="120"/>
+  </w:num>
+  <w:num w:numId="99" w16cid:durableId="792944172">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="100" w16cid:durableId="1602375911">
+    <w:abstractNumId w:val="121"/>
+  </w:num>
+  <w:num w:numId="101" w16cid:durableId="1905875394">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="102" w16cid:durableId="1245994320">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="103" w16cid:durableId="464930749">
+    <w:abstractNumId w:val="113"/>
+  </w:num>
+  <w:num w:numId="104" w16cid:durableId="1379890259">
+    <w:abstractNumId w:val="70"/>
+  </w:num>
+  <w:num w:numId="105" w16cid:durableId="1946189153">
+    <w:abstractNumId w:val="132"/>
+  </w:num>
+  <w:num w:numId="106" w16cid:durableId="1078475711">
+    <w:abstractNumId w:val="147"/>
+  </w:num>
+  <w:num w:numId="107" w16cid:durableId="1471434157">
+    <w:abstractNumId w:val="90"/>
+  </w:num>
+  <w:num w:numId="108" w16cid:durableId="1131285615">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="109" w16cid:durableId="765468803">
+    <w:abstractNumId w:val="106"/>
+  </w:num>
+  <w:num w:numId="110" w16cid:durableId="17898596">
+    <w:abstractNumId w:val="96"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="111" w16cid:durableId="1563911188">
+    <w:abstractNumId w:val="51"/>
+  </w:num>
+  <w:num w:numId="112" w16cid:durableId="416902595">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="113" w16cid:durableId="392194588">
+    <w:abstractNumId w:val="62"/>
+  </w:num>
+  <w:num w:numId="114" w16cid:durableId="449516667">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="115" w16cid:durableId="1638296493">
+    <w:abstractNumId w:val="66"/>
+  </w:num>
+  <w:num w:numId="116" w16cid:durableId="579405940">
+    <w:abstractNumId w:val="45"/>
+  </w:num>
+  <w:num w:numId="117" w16cid:durableId="1594631069">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="118" w16cid:durableId="1250653596">
+    <w:abstractNumId w:val="144"/>
+  </w:num>
+  <w:num w:numId="119" w16cid:durableId="1108308091">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="120" w16cid:durableId="2054426202">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="121" w16cid:durableId="996424537">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="122" w16cid:durableId="2442662">
+    <w:abstractNumId w:val="97"/>
+  </w:num>
+  <w:num w:numId="123" w16cid:durableId="1103837363">
+    <w:abstractNumId w:val="40"/>
+  </w:num>
+  <w:num w:numId="124" w16cid:durableId="1891725656">
+    <w:abstractNumId w:val="127"/>
+  </w:num>
+  <w:num w:numId="125" w16cid:durableId="131337256">
+    <w:abstractNumId w:val="105"/>
+  </w:num>
+  <w:num w:numId="126" w16cid:durableId="2080592000">
+    <w:abstractNumId w:val="108"/>
+  </w:num>
+  <w:num w:numId="127" w16cid:durableId="2019691001">
+    <w:abstractNumId w:val="130"/>
+  </w:num>
+  <w:num w:numId="128" w16cid:durableId="1336807404">
+    <w:abstractNumId w:val="69"/>
+  </w:num>
+  <w:num w:numId="129" w16cid:durableId="350030783">
+    <w:abstractNumId w:val="143"/>
+  </w:num>
+  <w:num w:numId="130" w16cid:durableId="1058741868">
+    <w:abstractNumId w:val="65"/>
+  </w:num>
+  <w:num w:numId="131" w16cid:durableId="1803497991">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="132" w16cid:durableId="1919901892">
+    <w:abstractNumId w:val="80"/>
+  </w:num>
+  <w:num w:numId="133" w16cid:durableId="67000047">
+    <w:abstractNumId w:val="52"/>
+  </w:num>
+  <w:num w:numId="134" w16cid:durableId="1974867484">
+    <w:abstractNumId w:val="49"/>
+  </w:num>
+  <w:num w:numId="135" w16cid:durableId="1471895159">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="136" w16cid:durableId="1809666052">
+    <w:abstractNumId w:val="47"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="137" w16cid:durableId="999768966">
+    <w:abstractNumId w:val="95"/>
+  </w:num>
+  <w:num w:numId="138" w16cid:durableId="80756897">
+    <w:abstractNumId w:val="35"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="139" w16cid:durableId="1917128881">
+    <w:abstractNumId w:val="63"/>
+  </w:num>
+  <w:num w:numId="140" w16cid:durableId="1121610532">
+    <w:abstractNumId w:val="86"/>
+  </w:num>
+  <w:num w:numId="141" w16cid:durableId="903878787">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="142" w16cid:durableId="1500002741">
+    <w:abstractNumId w:val="123"/>
+  </w:num>
+  <w:num w:numId="143" w16cid:durableId="164591480">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="144" w16cid:durableId="327442761">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="145" w16cid:durableId="759521428">
+    <w:abstractNumId w:val="151"/>
+  </w:num>
+  <w:num w:numId="146" w16cid:durableId="624968714">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="147" w16cid:durableId="1183394452">
+    <w:abstractNumId w:val="84"/>
+  </w:num>
+  <w:num w:numId="148" w16cid:durableId="1679887984">
+    <w:abstractNumId w:val="58"/>
+  </w:num>
+  <w:num w:numId="149" w16cid:durableId="514733821">
+    <w:abstractNumId w:val="91"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="3"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="150" w16cid:durableId="841892120">
+    <w:abstractNumId w:val="144"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="3"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="2"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="151" w16cid:durableId="2081440565">
+    <w:abstractNumId w:val="14"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="3"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="9"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="152" w16cid:durableId="1445805497">
+    <w:abstractNumId w:val="40"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="4"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="153" w16cid:durableId="1479032162">
+    <w:abstractNumId w:val="75"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="4"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="3"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="154" w16cid:durableId="1895501540">
+    <w:abstractNumId w:val="97"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="5"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="155" w16cid:durableId="1859731513">
+    <w:abstractNumId w:val="149"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5"/>
+    <w:lvlOverride w:ilvl="6"/>
+    <w:lvlOverride w:ilvl="7"/>
+    <w:lvlOverride w:ilvl="8"/>
+  </w:num>
+  <w:num w:numId="156" w16cid:durableId="1220704668">
+    <w:abstractNumId w:val="122"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="157" w16cid:durableId="391126321">
+    <w:abstractNumId w:val="25"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="158" w16cid:durableId="427773224">
+    <w:abstractNumId w:val="82"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="159" w16cid:durableId="783503298">
+    <w:abstractNumId w:val="145"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="2"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="160" w16cid:durableId="976568150">
+    <w:abstractNumId w:val="100"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="161" w16cid:durableId="1992172282">
+    <w:abstractNumId w:val="53"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="3"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="162" w16cid:durableId="255795855">
+    <w:abstractNumId w:val="140"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="163" w16cid:durableId="248973054">
+    <w:abstractNumId w:val="54"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="164" w16cid:durableId="792095843">
+    <w:abstractNumId w:val="139"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="165" w16cid:durableId="1093164936">
+    <w:abstractNumId w:val="55"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="166" w16cid:durableId="1292320143">
+    <w:abstractNumId w:val="5"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="167" w16cid:durableId="2032804386">
+    <w:abstractNumId w:val="114"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="168" w16cid:durableId="1744831426">
+    <w:abstractNumId w:val="128"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
-  <w:drawingGridHorizontalSpacing w:val="120"/>
-[...1 lines deleted...]
-  <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C7473F"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00C7473F"/>
+    <w:rsidRoot w:val="00FD1125"/>
+    <w:rsid w:val="0004173E"/>
+    <w:rsid w:val="00061057"/>
+    <w:rsid w:val="00097004"/>
+    <w:rsid w:val="000C40F7"/>
+    <w:rsid w:val="000C505B"/>
+    <w:rsid w:val="000D5A46"/>
+    <w:rsid w:val="001C3E26"/>
+    <w:rsid w:val="00216E72"/>
+    <w:rsid w:val="00242385"/>
+    <w:rsid w:val="00275E28"/>
+    <w:rsid w:val="002817E2"/>
+    <w:rsid w:val="00332483"/>
+    <w:rsid w:val="003736FE"/>
+    <w:rsid w:val="00393E74"/>
+    <w:rsid w:val="00405F1B"/>
+    <w:rsid w:val="00412D23"/>
+    <w:rsid w:val="004872E7"/>
+    <w:rsid w:val="00494B1E"/>
+    <w:rsid w:val="005049D7"/>
+    <w:rsid w:val="00520A81"/>
+    <w:rsid w:val="0059000B"/>
+    <w:rsid w:val="00592B7D"/>
+    <w:rsid w:val="006A05C6"/>
+    <w:rsid w:val="006E0AA1"/>
+    <w:rsid w:val="0073128F"/>
+    <w:rsid w:val="007E00F8"/>
+    <w:rsid w:val="00905598"/>
+    <w:rsid w:val="00954BB8"/>
+    <w:rsid w:val="00B26CBF"/>
+    <w:rsid w:val="00B63B71"/>
+    <w:rsid w:val="00F12106"/>
+    <w:rsid w:val="00F174CA"/>
+    <w:rsid w:val="00F81402"/>
+    <w:rsid w:val="00FD1125"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="08E60742"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{5491D2A3-AACB-464D-92FD-8A0D6F63EBF1}"/>
+  <w15:docId w15:val="{61C3F4DB-234C-4894-A383-04C62061C471}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3299,83 +21485,83 @@
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3608,229 +21794,2801 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C7473F"/>
+    <w:rsid w:val="00FD1125"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FD1125"/>
     <w:pPr>
-      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-      <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bezatstarpm2">
-    <w:name w:val="Bez atstarpēm2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00C7473F"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:aliases w:val="Strip,H&amp;P List Paragraph,2,Virsraksti,List Paragraph1,punkti,virsraksts3,Numbered Para 1,Dot pt,List Paragraph Char Char Char,Indicator Text,Bullet 1,Bullet Points,MAIN CONTENT,IFCL - List Paragraph,List Paragraph12,Saraksta rindkopa1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ListParagraphChar"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="NoList1">
+    <w:name w:val="No List1"/>
+    <w:next w:val="NoList"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FD1125"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:aliases w:val="Body Text Char Char Char,Body Text Char Char"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:aliases w:val="Body Text Char Char Char Char,Body Text Char Char Char1"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:aliases w:val=" Char Char Char Cha Char,Char Char Char Cha Char Char, Char Char Char Cha Char Char Char Char, Char Char Char Cha Char Char Char Char Char Char, Char Char Char Cha Char Char Char Char Char Char Cha, Char Char Char Cha Char Char Char,Char Char Ch"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:aliases w:val=" Char Char Char Cha Char Char,Char Char Char Cha Char Char Char, Char Char Char Cha Char Char Char Char Char, Char Char Char Cha Char Char Char Char Char Char Char, Char Char Char Cha Char Char Char Char Char Char Cha Char,Char Char Ch Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:link w:val="NoSpacingChar"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NoSpacingChar">
+    <w:name w:val="No Spacing Char"/>
+    <w:link w:val="NoSpacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:link w:val="DefaultChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="et-EE"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DefaultChar">
+    <w:name w:val="Default Char"/>
+    <w:link w:val="Default"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="et-EE"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
+    <w:name w:val="List Paragraph Char"/>
+    <w:aliases w:val="Strip Char,H&amp;P List Paragraph Char,2 Char,Virsraksti Char,List Paragraph1 Char,punkti Char,virsraksts3 Char,Numbered Para 1 Char,Dot pt Char,List Paragraph Char Char Char Char,Indicator Text Char,Bullet 1 Char,Bullet Points Char"/>
+    <w:link w:val="ListParagraph"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00FD1125"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:rsid w:val="00FD1125"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="naisf">
+    <w:name w:val="naisf"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:spacing w:before="75" w:after="75" w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="375"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="markedcontent">
+    <w:name w:val="markedcontent"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00FD1125"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NoSpacing1">
+    <w:name w:val="No Spacing1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:overflowPunct w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-GB"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
+    <w:name w:val="Body Text Indent 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndent2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent2Char">
+    <w:name w:val="Body Text Indent 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FD1125"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="tv213">
+    <w:name w:val="tv213"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="NormalWebChar"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="NoList2">
+    <w:name w:val="No List2"/>
+    <w:next w:val="NoList"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FD1125"/>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid">
+    <w:name w:val="TableGrid"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid0">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Stils1">
+    <w:name w:val="Stils1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Stils1Rakstz"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="25"/>
+      </w:numPr>
+      <w:spacing w:after="5" w:line="268" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Stils1Rakstz">
+    <w:name w:val="Stils1 Rakstz."/>
+    <w:link w:val="Stils1"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Stils2">
+    <w:name w:val="Stils2"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="27"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Style1">
+    <w:name w:val="Style1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="29"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Style2">
+    <w:name w:val="Style2"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="34"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Style3">
+    <w:name w:val="Style3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="36"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Style4">
+    <w:name w:val="Style4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="37"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Style5">
+    <w:name w:val="Style5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="38"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Style6">
+    <w:name w:val="Style6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="41"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Style7">
+    <w:name w:val="Style7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="42"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Style8">
+    <w:name w:val="Style8"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="45"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Stils3">
+    <w:name w:val="Stils3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="46"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Style9">
+    <w:name w:val="Style9"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="49"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Style10">
+    <w:name w:val="Style10"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="50"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Style11">
+    <w:name w:val="Style11"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="51"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Neatrisintapieminana1">
+    <w:name w:val="Neatrisināta pieminēšana1"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NormalWebChar">
+    <w:name w:val="Normal (Web) Char"/>
+    <w:link w:val="NormalWeb"/>
+    <w:locked/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="NoList3">
+    <w:name w:val="No List3"/>
+    <w:next w:val="NoList"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FD1125"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FD1125"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FootnoteReference">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid1">
+    <w:name w:val="Table Grid1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:next w:val="TableGrid0"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid2">
+    <w:name w:val="Table Grid2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:next w:val="TableGrid0"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="rynqvb">
+    <w:name w:val="rynqvb"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00FD1125"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bezatstarpm2">
+    <w:name w:val="Bez atstarpēm2"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:lang w:val="et-EE"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="NoList4">
+    <w:name w:val="No List4"/>
+    <w:next w:val="NoList"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FD1125"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar1">
+    <w:name w:val="Title Char1"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid3">
+    <w:name w:val="Table Grid3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:next w:val="TableGrid0"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="nil"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="NoList5">
+    <w:name w:val="No List5"/>
+    <w:next w:val="NoList"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FD1125"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ColorfulList-Accent11">
+    <w:name w:val="Colorful List - Accent 11"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="c11">
+    <w:name w:val="c11"/>
+    <w:rsid w:val="00FD1125"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText2Char1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="720"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText2Char">
+    <w:name w:val="Body Text 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FD1125"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText2Char1">
+    <w:name w:val="Body Text 2 Char1"/>
+    <w:link w:val="BodyText2"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="naispant">
+    <w:name w:val="naispant"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:spacing w:before="75" w:after="75" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="375" w:firstLine="375"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="PageNumber">
+    <w:name w:val="page number"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid4">
+    <w:name w:val="Table Grid4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:next w:val="TableGrid0"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="msonormal0">
+    <w:name w:val="msonormal"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl69">
+    <w:name w:val="xl69"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl70">
+    <w:name w:val="xl70"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl71">
+    <w:name w:val="xl71"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl72">
+    <w:name w:val="xl72"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl73">
+    <w:name w:val="xl73"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl74">
+    <w:name w:val="xl74"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl75">
+    <w:name w:val="xl75"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl76">
+    <w:name w:val="xl76"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl77">
+    <w:name w:val="xl77"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl78">
+    <w:name w:val="xl78"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl79">
+    <w:name w:val="xl79"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl80">
+    <w:name w:val="xl80"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl81">
+    <w:name w:val="xl81"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl82">
+    <w:name w:val="xl82"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl83">
+    <w:name w:val="xl83"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl84">
+    <w:name w:val="xl84"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl85">
+    <w:name w:val="xl85"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl86">
+    <w:name w:val="xl86"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl87">
+    <w:name w:val="xl87"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl88">
+    <w:name w:val="xl88"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl89">
+    <w:name w:val="xl89"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl90">
+    <w:name w:val="xl90"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl91">
+    <w:name w:val="xl91"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl92">
+    <w:name w:val="xl92"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="highlight">
+    <w:name w:val="highlight"/>
+    <w:rsid w:val="00FD1125"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:color w:val="800080"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="font5">
+    <w:name w:val="font5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl65">
+    <w:name w:val="xl65"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl66">
+    <w:name w:val="xl66"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl67">
+    <w:name w:val="xl67"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl68">
+    <w:name w:val="xl68"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl93">
+    <w:name w:val="xl93"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl94">
+    <w:name w:val="xl94"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl95">
+    <w:name w:val="xl95"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="NoList6">
+    <w:name w:val="No List6"/>
+    <w:next w:val="NoList"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FD1125"/>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid5">
+    <w:name w:val="Table Grid5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:next w:val="TableGrid0"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="LineNumber">
+    <w:name w:val="line number"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FD1125"/>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="NoList7">
+    <w:name w:val="No List7"/>
+    <w:next w:val="NoList"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FD1125"/>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid6">
+    <w:name w:val="Table Grid6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:next w:val="TableGrid0"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndentChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndentChar">
+    <w:name w:val="Body Text Indent Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText3">
+    <w:name w:val="Body Text 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText3Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="256" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText3Char">
+    <w:name w:val="Body Text 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="PlainText">
+    <w:name w:val="Plain Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PlainTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:szCs w:val="21"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PlainTextChar">
+    <w:name w:val="Plain Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="PlainText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:szCs w:val="21"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Parasts1">
+    <w:name w:val="Parasts1"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="v1msonormal">
+    <w:name w:val="v1msonormal"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-GB"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Style1Char">
+    <w:name w:val="Style1 Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Saturardtjs">
+    <w:name w:val="Satura rādītājs"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Arial"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="txtspecial">
+    <w:name w:val="txt_special"/>
+    <w:rsid w:val="00FD1125"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle12">
+    <w:name w:val="Font Style12"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle11">
+    <w:name w:val="Font Style11"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="et-EE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+    <w:name w:val="normaltextrun"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00FD1125"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Noklusjumarindkopasfonts1">
+    <w:name w:val="Noklusējuma rindkopas fonts1"/>
+    <w:rsid w:val="00FD1125"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
+    <w:name w:val="Unresolved Mention1"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="sub">
+    <w:name w:val="sub"/>
+    <w:rsid w:val="00FD1125"/>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid21">
+    <w:name w:val="Table Grid21"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00FD1125"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="nil"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar1">
+    <w:name w:val="Header Char1"/>
+    <w:aliases w:val="Char Char2,Char Char Char Char Char Char2,Char Char Char Cha Char Char Char Char1,Char Char Char Cha Char Char Char Char Char  Char Char1,Char Char Char Char Char Char Char1,Char Char Char Char Char Char Char Char Char Char1,Char Char Char1"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar1">
+    <w:name w:val="Body Text Char1"/>
+    <w:aliases w:val="Body Text Char Char Char Char1,Body Text Char Char Char2"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FD1125"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -3937,74 +24695,90 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F3E9D24C-1D76-491D-A713-2B42A876E599}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-  <Words>1519</Words>
+  <Pages>2</Pages>
+  <Words>1517</Words>
   <Characters>866</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2381</CharactersWithSpaces>
+  <CharactersWithSpaces>2379</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Aucesweb</dc:creator>
+  <dc:creator>Santa Eberte</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>